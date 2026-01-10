--- v0 (2025-12-07)
+++ v1 (2026-01-10)
@@ -1152,105 +1152,105 @@
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3">
         <v>6</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C4">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>5</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>45</v>
       </c>
       <c r="C7">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>5</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
     </row>
@@ -1308,65 +1308,65 @@
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>14</v>
       </c>
       <c r="C13">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C14">
         <v>309</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>34</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
@@ -1410,102 +1410,102 @@
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>2</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>95</v>
       </c>
       <c r="C19">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>36</v>
       </c>
       <c r="C20">
         <v>48</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C22">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>15</v>
       </c>
       <c r="C23">
         <v>30</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
     </row>
@@ -1611,54 +1611,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="C31">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D31">
         <v>6</v>
       </c>
       <c r="E31">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>1</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
     </row>
@@ -1733,388 +1733,388 @@
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>25</v>
       </c>
       <c r="C38">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>233</v>
       </c>
       <c r="C39">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>74</v>
       </c>
       <c r="C40">
         <v>51</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>3</v>
       </c>
       <c r="C41">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C44">
         <v>457</v>
       </c>
       <c r="D44">
         <v>1</v>
       </c>
       <c r="E44">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C45">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
         <v>0</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="C48">
         <v>1056</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>11</v>
       </c>
       <c r="C49">
         <v>37</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="E49">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>3</v>
       </c>
       <c r="C50">
         <v>10</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>8</v>
       </c>
       <c r="C51">
         <v>13</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C52">
         <v>81</v>
       </c>
       <c r="D52">
         <v>1</v>
       </c>
       <c r="E52">
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>9</v>
       </c>
       <c r="C53">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>40</v>
       </c>
       <c r="C54">
         <v>32</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>57</v>
       </c>
       <c r="C55">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>18</v>
       </c>
       <c r="C56">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
       <c r="E56">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>3</v>
       </c>
       <c r="C57">
         <v>3</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C58">
         <v>67</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
       <c r="E58">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59">
@@ -2138,136 +2138,136 @@
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>77</v>
       </c>
       <c r="C61">
         <v>101</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
       <c r="E61">
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C62">
         <v>299</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
         <v>136</v>
       </c>
       <c r="C63">
         <v>177</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>49</v>
       </c>
       <c r="C64">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65">
         <v>0</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
         <v>1</v>
       </c>
       <c r="C66">
         <v>7</v>
       </c>
       <c r="D66">
         <v>0</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C67">
         <v>16</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>4</v>
       </c>
       <c r="C68">
         <v>16</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68">
@@ -2308,51 +2308,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>38</v>
       </c>
       <c r="C71">
         <v>42</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71">
         <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C72">
         <v>497</v>
       </c>
       <c r="D72">
         <v>2</v>
       </c>
       <c r="E72">
         <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73">
         <v>2</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73">
@@ -2427,105 +2427,105 @@
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
       <c r="C78">
         <v>12</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C79">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D79">
         <v>1</v>
       </c>
       <c r="E79">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>61</v>
       </c>
       <c r="C80">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
       <c r="C81">
         <v>2</v>
       </c>
       <c r="D81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C82">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>2</v>
       </c>
       <c r="C83">
         <v>2</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
     </row>
@@ -2733,77 +2733,77 @@
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>15</v>
       </c>
       <c r="C96">
         <v>20</v>
       </c>
       <c r="D96">
         <v>0</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C97">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D97">
         <v>1</v>
       </c>
       <c r="E97">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>444</v>
+        <v>464</v>
       </c>
       <c r="C98">
-        <v>754</v>
+        <v>782</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>65</v>
       </c>
       <c r="C99">
         <v>149</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>5</v>
@@ -2835,204 +2835,204 @@
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>20</v>
       </c>
       <c r="C102">
         <v>50</v>
       </c>
       <c r="D102">
         <v>0</v>
       </c>
       <c r="E102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C103">
         <v>338</v>
       </c>
       <c r="D103">
         <v>0</v>
       </c>
       <c r="E103">
         <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>28</v>
       </c>
       <c r="C104">
         <v>30</v>
       </c>
       <c r="D104">
         <v>0</v>
       </c>
       <c r="E104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C105">
         <v>216</v>
       </c>
       <c r="D105">
         <v>0</v>
       </c>
       <c r="E105">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>3</v>
       </c>
       <c r="C106">
         <v>15</v>
       </c>
       <c r="D106">
         <v>0</v>
       </c>
       <c r="E106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>15</v>
       </c>
       <c r="C107">
         <v>7</v>
       </c>
       <c r="D107">
         <v>0</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C108">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D108">
         <v>1</v>
       </c>
       <c r="E108">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>12</v>
       </c>
       <c r="C109">
         <v>10</v>
       </c>
       <c r="D109">
         <v>0</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
         <v>0</v>
       </c>
       <c r="D110">
         <v>0</v>
       </c>
       <c r="E110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C111">
         <v>164</v>
       </c>
       <c r="D111">
         <v>0</v>
       </c>
       <c r="E111">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C112">
         <v>22</v>
       </c>
       <c r="D112">
         <v>0</v>
       </c>
       <c r="E112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
         <v>1</v>
       </c>
       <c r="C113">
         <v>0</v>
       </c>
       <c r="D113">
         <v>0</v>
       </c>
       <c r="E113">
@@ -3093,51 +3093,51 @@
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="C117">
         <v>1</v>
       </c>
       <c r="D117">
         <v>0</v>
       </c>
       <c r="E117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>2</v>
       </c>
       <c r="C118">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D118">
         <v>0</v>
       </c>
       <c r="E118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>4</v>
       </c>
       <c r="C119">
         <v>10</v>
       </c>
       <c r="D119">
         <v>0</v>
       </c>
       <c r="E119">
         <v>0</v>
       </c>
     </row>
@@ -3212,82 +3212,82 @@
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>1</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
       <c r="D124">
         <v>0</v>
       </c>
       <c r="E124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>52</v>
       </c>
       <c r="C125">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D125">
         <v>0</v>
       </c>
       <c r="E125">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>1</v>
       </c>
       <c r="C126">
         <v>4</v>
       </c>
       <c r="D126">
         <v>0</v>
       </c>
       <c r="E126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C127">
         <v>222</v>
       </c>
       <c r="D127">
         <v>0</v>
       </c>
       <c r="E127">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>13</v>
       </c>
       <c r="C128">
         <v>25</v>
       </c>
       <c r="D128">
         <v>0</v>
       </c>
       <c r="E128">
@@ -3362,85 +3362,85 @@
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>6</v>
       </c>
       <c r="C133">
         <v>64</v>
       </c>
       <c r="D133">
         <v>0</v>
       </c>
       <c r="E133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C134">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D134">
         <v>0</v>
       </c>
       <c r="E134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
         <v>1</v>
       </c>
       <c r="D135">
         <v>0</v>
       </c>
       <c r="E135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C136">
         <v>442</v>
       </c>
       <c r="D136">
         <v>0</v>
       </c>
       <c r="E136">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>1</v>
       </c>
       <c r="C137">
         <v>14</v>
       </c>
       <c r="D137">
         <v>0</v>
       </c>
       <c r="E137">
@@ -3515,54 +3515,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>91</v>
       </c>
       <c r="C142">
         <v>140</v>
       </c>
       <c r="D142">
         <v>0</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C143">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D143">
         <v>0</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>15</v>
       </c>
       <c r="C144">
         <v>32</v>
       </c>
       <c r="D144">
         <v>0</v>
       </c>
       <c r="E144">
         <v>0</v>
       </c>
     </row>
@@ -3654,102 +3654,102 @@
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>10</v>
       </c>
       <c r="C150">
         <v>17</v>
       </c>
       <c r="D150">
         <v>0</v>
       </c>
       <c r="E150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>74</v>
       </c>
       <c r="C151">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D151">
         <v>0</v>
       </c>
       <c r="E151">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>25</v>
       </c>
       <c r="C152">
         <v>43</v>
       </c>
       <c r="D152">
         <v>0</v>
       </c>
       <c r="E152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
         <v>4</v>
       </c>
       <c r="D153">
         <v>0</v>
       </c>
       <c r="E153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C154">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154">
         <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>7</v>
       </c>
       <c r="C155">
         <v>2</v>
       </c>
       <c r="D155">
         <v>0</v>
       </c>
       <c r="E155">
         <v>0</v>
       </c>
     </row>
@@ -3770,54 +3770,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>3</v>
       </c>
       <c r="C157">
         <v>0</v>
       </c>
       <c r="D157">
         <v>0</v>
       </c>
       <c r="E157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C158">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D158">
         <v>0</v>
       </c>
       <c r="E158">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>18</v>
       </c>
       <c r="C159">
         <v>98</v>
       </c>
       <c r="D159">
         <v>0</v>
       </c>
       <c r="E159">
         <v>21</v>
       </c>
     </row>
@@ -3858,184 +3858,184 @@
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
         <v>2</v>
       </c>
       <c r="D162">
         <v>0</v>
       </c>
       <c r="E162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>111</v>
       </c>
       <c r="C163">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D163">
         <v>0</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>16</v>
       </c>
       <c r="C164">
         <v>33</v>
       </c>
       <c r="D164">
         <v>0</v>
       </c>
       <c r="E164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>3</v>
       </c>
       <c r="C165">
         <v>0</v>
       </c>
       <c r="D165">
         <v>0</v>
       </c>
       <c r="E165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C166">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D166">
         <v>0</v>
       </c>
       <c r="E166">
         <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C167">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
         <v>0</v>
       </c>
       <c r="E168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>54</v>
       </c>
       <c r="C169">
         <v>33</v>
       </c>
       <c r="D169">
         <v>0</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C170">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D170">
         <v>0</v>
       </c>
       <c r="E170">
         <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C171">
         <v>12</v>
       </c>
       <c r="D171">
         <v>0</v>
       </c>
       <c r="E171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>5</v>
       </c>
       <c r="C172">
         <v>16</v>
       </c>
       <c r="D172">
         <v>0</v>
       </c>
       <c r="E172">
@@ -4096,108 +4096,108 @@
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
         <v>5</v>
       </c>
       <c r="D176">
         <v>0</v>
       </c>
       <c r="E176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>9</v>
       </c>
       <c r="C177">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D177">
         <v>0</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>10</v>
       </c>
       <c r="C178">
         <v>22</v>
       </c>
       <c r="D178">
         <v>0</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>9</v>
       </c>
       <c r="C179">
         <v>16</v>
       </c>
       <c r="D179">
         <v>0</v>
       </c>
       <c r="E179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>21</v>
       </c>
       <c r="C180">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D180">
         <v>0</v>
       </c>
       <c r="E180">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
         <v>0</v>
       </c>
       <c r="D181">
         <v>0</v>
       </c>
       <c r="E181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>2</v>
@@ -4263,224 +4263,224 @@
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>1</v>
       </c>
       <c r="C186">
         <v>13</v>
       </c>
       <c r="D186">
         <v>0</v>
       </c>
       <c r="E186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C187">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D187">
         <v>0</v>
       </c>
       <c r="E187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>1</v>
       </c>
       <c r="C188">
         <v>1</v>
       </c>
       <c r="D188">
         <v>0</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>192</v>
       </c>
       <c r="B189">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C189">
         <v>10</v>
       </c>
       <c r="D189">
         <v>0</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>16</v>
       </c>
       <c r="C190">
         <v>78</v>
       </c>
       <c r="D190">
         <v>0</v>
       </c>
       <c r="E190">
         <v>3</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>4</v>
       </c>
       <c r="C191">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D191">
         <v>0</v>
       </c>
       <c r="E191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C192">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C193">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D193">
         <v>2</v>
       </c>
       <c r="E193">
         <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>139</v>
       </c>
       <c r="C194">
         <v>204</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195">
         <v>0</v>
       </c>
       <c r="D195">
         <v>0</v>
       </c>
       <c r="E195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
         <v>0</v>
       </c>
       <c r="D196">
         <v>0</v>
       </c>
       <c r="E196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>200</v>
       </c>
       <c r="B197">
         <v>5</v>
       </c>
       <c r="C197">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D197">
         <v>0</v>
       </c>
       <c r="E197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>201</v>
       </c>
       <c r="B198">
         <v>2</v>
       </c>
       <c r="C198">
         <v>5</v>
       </c>
       <c r="D198">
         <v>0</v>
       </c>
       <c r="E198">
         <v>0</v>
       </c>
     </row>
@@ -4501,54 +4501,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C201">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>51</v>
       </c>
       <c r="C202">
         <v>73</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202">
         <v>4</v>
       </c>
     </row>
@@ -4586,71 +4586,71 @@
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
         <v>59</v>
       </c>
       <c r="C205">
         <v>133</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205">
         <v>2</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C206">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>13</v>
       </c>
       <c r="C207">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>211</v>
       </c>
       <c r="B208">
         <v>3</v>
       </c>
       <c r="C208">
         <v>0</v>
       </c>
       <c r="D208">
         <v>0</v>
       </c>
       <c r="E208">
         <v>0</v>
       </c>
     </row>
@@ -4793,85 +4793,85 @@
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>24</v>
       </c>
       <c r="C217">
         <v>46</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
         <v>22</v>
       </c>
       <c r="C218">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="C219">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D219">
         <v>3</v>
       </c>
       <c r="E219">
         <v>45</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="C220">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="D220">
         <v>3</v>
       </c>
       <c r="E220">
         <v>141</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>1</v>
       </c>
       <c r="C221">
         <v>1</v>
       </c>
       <c r="D221">
         <v>0</v>
       </c>
       <c r="E221">
         <v>0</v>
       </c>
     </row>
@@ -5031,102 +5031,102 @@
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
         <v>0</v>
       </c>
       <c r="D231">
         <v>0</v>
       </c>
       <c r="E231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>235</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
       <c r="E232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>3</v>
       </c>
       <c r="C233">
         <v>2</v>
       </c>
       <c r="D233">
         <v>0</v>
       </c>
       <c r="E233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>5</v>
       </c>
       <c r="C234">
         <v>24</v>
       </c>
       <c r="D234">
         <v>0</v>
       </c>
       <c r="E234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C235">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D235">
         <v>0</v>
       </c>
       <c r="E235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>239</v>
       </c>
       <c r="B236">
         <v>1</v>
       </c>
       <c r="C236">
         <v>4</v>
       </c>
       <c r="D236">
         <v>0</v>
       </c>
       <c r="E236">
         <v>0</v>
       </c>
     </row>