--- v1 (2026-01-10)
+++ v2 (2026-02-08)
@@ -1152,102 +1152,102 @@
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3">
         <v>6</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C4">
         <v>65</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>5</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C7">
         <v>63</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>5</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
@@ -1305,71 +1305,71 @@
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C13">
         <v>13</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C14">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>34</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
     </row>
@@ -1407,139 +1407,139 @@
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>2</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C19">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C20">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C22">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>15</v>
       </c>
       <c r="C23">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>7</v>
       </c>
       <c r="C24">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>6</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
     </row>
@@ -1611,57 +1611,57 @@
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
-        <v>1489</v>
+        <v>1502</v>
       </c>
       <c r="C31">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="D31">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E31">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>1</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
@@ -1730,224 +1730,224 @@
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C38">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C39">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>74</v>
       </c>
       <c r="C40">
         <v>51</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C41">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C44">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="D44">
         <v>1</v>
       </c>
       <c r="E44">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>283</v>
       </c>
       <c r="C45">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45">
         <v>62</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
         <v>0</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="C48">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>11</v>
       </c>
       <c r="C49">
         <v>37</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
     </row>
@@ -1968,85 +1968,85 @@
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>8</v>
       </c>
       <c r="C51">
         <v>13</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C52">
         <v>81</v>
       </c>
       <c r="D52">
         <v>1</v>
       </c>
       <c r="E52">
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>9</v>
       </c>
       <c r="C53">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C54">
         <v>32</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>57</v>
       </c>
       <c r="C55">
         <v>57</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55">
@@ -2070,51 +2070,51 @@
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>3</v>
       </c>
       <c r="C57">
         <v>3</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C58">
         <v>67</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
       <c r="E58">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59">
@@ -2155,54 +2155,54 @@
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>310</v>
       </c>
       <c r="C62">
         <v>299</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C63">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>49</v>
       </c>
       <c r="C64">
         <v>53</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
     </row>
@@ -2243,51 +2243,51 @@
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
         <v>21</v>
       </c>
       <c r="C67">
         <v>16</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>4</v>
       </c>
       <c r="C68">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
       <c r="C69">
         <v>1</v>
       </c>
       <c r="D69">
         <v>0</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
     </row>
@@ -2308,54 +2308,54 @@
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>38</v>
       </c>
       <c r="C71">
         <v>42</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71">
         <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="C72">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D72">
         <v>2</v>
       </c>
       <c r="E72">
         <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73">
         <v>2</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73">
         <v>0</v>
       </c>
     </row>
@@ -2427,102 +2427,102 @@
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
       <c r="C78">
         <v>12</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C79">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D79">
         <v>1</v>
       </c>
       <c r="E79">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C80">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
       <c r="C81">
         <v>2</v>
       </c>
       <c r="D81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C82">
         <v>107</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>2</v>
       </c>
       <c r="C83">
         <v>2</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83">
@@ -2665,255 +2665,255 @@
         <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92">
         <v>0</v>
       </c>
       <c r="D92">
         <v>0</v>
       </c>
       <c r="E92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C93">
         <v>57</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
       <c r="E93">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>24</v>
       </c>
       <c r="C94">
         <v>28</v>
       </c>
       <c r="D94">
         <v>0</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C95">
         <v>7</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C96">
         <v>20</v>
       </c>
       <c r="D96">
         <v>0</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C97">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="D97">
         <v>1</v>
       </c>
       <c r="E97">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C98">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98">
         <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>65</v>
       </c>
       <c r="C99">
         <v>149</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>5</v>
       </c>
       <c r="C100">
         <v>15</v>
       </c>
       <c r="D100">
         <v>0</v>
       </c>
       <c r="E100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C101">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D101">
         <v>0</v>
       </c>
       <c r="E101">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>20</v>
       </c>
       <c r="C102">
         <v>50</v>
       </c>
       <c r="D102">
         <v>0</v>
       </c>
       <c r="E102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C103">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D103">
         <v>0</v>
       </c>
       <c r="E103">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>28</v>
       </c>
       <c r="C104">
         <v>30</v>
       </c>
       <c r="D104">
         <v>0</v>
       </c>
       <c r="E104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C105">
         <v>216</v>
       </c>
       <c r="D105">
         <v>0</v>
       </c>
       <c r="E105">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>3</v>
       </c>
       <c r="C106">
         <v>15</v>
       </c>
       <c r="D106">
         <v>0</v>
       </c>
       <c r="E106">
@@ -2923,99 +2923,99 @@
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>15</v>
       </c>
       <c r="C107">
         <v>7</v>
       </c>
       <c r="D107">
         <v>0</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>218</v>
       </c>
       <c r="C108">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D108">
         <v>1</v>
       </c>
       <c r="E108">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>12</v>
       </c>
       <c r="C109">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D109">
         <v>0</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
         <v>0</v>
       </c>
       <c r="D110">
         <v>0</v>
       </c>
       <c r="E110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C111">
         <v>164</v>
       </c>
       <c r="D111">
         <v>0</v>
       </c>
       <c r="E111">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>19</v>
       </c>
       <c r="C112">
         <v>22</v>
       </c>
       <c r="D112">
         <v>0</v>
       </c>
       <c r="E112">
@@ -3212,82 +3212,82 @@
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>1</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
       <c r="D124">
         <v>0</v>
       </c>
       <c r="E124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>52</v>
       </c>
       <c r="C125">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D125">
         <v>0</v>
       </c>
       <c r="E125">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>1</v>
       </c>
       <c r="C126">
         <v>4</v>
       </c>
       <c r="D126">
         <v>0</v>
       </c>
       <c r="E126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C127">
         <v>222</v>
       </c>
       <c r="D127">
         <v>0</v>
       </c>
       <c r="E127">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>13</v>
       </c>
       <c r="C128">
         <v>25</v>
       </c>
       <c r="D128">
         <v>0</v>
       </c>
       <c r="E128">
@@ -3362,85 +3362,85 @@
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>6</v>
       </c>
       <c r="C133">
         <v>64</v>
       </c>
       <c r="D133">
         <v>0</v>
       </c>
       <c r="E133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C134">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D134">
         <v>0</v>
       </c>
       <c r="E134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
         <v>1</v>
       </c>
       <c r="D135">
         <v>0</v>
       </c>
       <c r="E135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C136">
         <v>442</v>
       </c>
       <c r="D136">
         <v>0</v>
       </c>
       <c r="E136">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>1</v>
       </c>
       <c r="C137">
         <v>14</v>
       </c>
       <c r="D137">
         <v>0</v>
       </c>
       <c r="E137">
@@ -3498,88 +3498,88 @@
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
         <v>1</v>
       </c>
       <c r="D141">
         <v>0</v>
       </c>
       <c r="E141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C142">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D142">
         <v>0</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>106</v>
       </c>
       <c r="C143">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D143">
         <v>0</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>15</v>
       </c>
       <c r="C144">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D144">
         <v>0</v>
       </c>
       <c r="E144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>71</v>
       </c>
       <c r="C145">
         <v>69</v>
       </c>
       <c r="D145">
         <v>0</v>
       </c>
       <c r="E145">
         <v>0</v>
       </c>
     </row>
@@ -3600,156 +3600,156 @@
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>3</v>
       </c>
       <c r="C147">
         <v>11</v>
       </c>
       <c r="D147">
         <v>0</v>
       </c>
       <c r="E147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C148">
         <v>124</v>
       </c>
       <c r="D148">
         <v>0</v>
       </c>
       <c r="E148">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>3</v>
       </c>
       <c r="C149">
         <v>7</v>
       </c>
       <c r="D149">
         <v>0</v>
       </c>
       <c r="E149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>10</v>
       </c>
       <c r="C150">
         <v>17</v>
       </c>
       <c r="D150">
         <v>0</v>
       </c>
       <c r="E150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C151">
         <v>99</v>
       </c>
       <c r="D151">
         <v>0</v>
       </c>
       <c r="E151">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>25</v>
       </c>
       <c r="C152">
         <v>43</v>
       </c>
       <c r="D152">
         <v>0</v>
       </c>
       <c r="E152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D153">
         <v>0</v>
       </c>
       <c r="E153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C154">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154">
         <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>7</v>
       </c>
       <c r="C155">
         <v>2</v>
       </c>
       <c r="D155">
         <v>0</v>
       </c>
       <c r="E155">
         <v>0</v>
       </c>
     </row>
@@ -3770,136 +3770,136 @@
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>3</v>
       </c>
       <c r="C157">
         <v>0</v>
       </c>
       <c r="D157">
         <v>0</v>
       </c>
       <c r="E157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C158">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D158">
         <v>0</v>
       </c>
       <c r="E158">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>18</v>
       </c>
       <c r="C159">
         <v>98</v>
       </c>
       <c r="D159">
         <v>0</v>
       </c>
       <c r="E159">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
         <v>41</v>
       </c>
       <c r="C160">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D160">
         <v>0</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>5</v>
       </c>
       <c r="C161">
         <v>5</v>
       </c>
       <c r="D161">
         <v>0</v>
       </c>
       <c r="E161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
         <v>2</v>
       </c>
       <c r="D162">
         <v>0</v>
       </c>
       <c r="E162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C163">
         <v>87</v>
       </c>
       <c r="D163">
         <v>0</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>16</v>
       </c>
       <c r="C164">
         <v>33</v>
       </c>
       <c r="D164">
         <v>0</v>
       </c>
       <c r="E164">
@@ -3909,136 +3909,136 @@
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>3</v>
       </c>
       <c r="C165">
         <v>0</v>
       </c>
       <c r="D165">
         <v>0</v>
       </c>
       <c r="E165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
         <v>215</v>
       </c>
       <c r="C166">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D166">
         <v>0</v>
       </c>
       <c r="E166">
         <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C167">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
         <v>0</v>
       </c>
       <c r="E168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>54</v>
       </c>
       <c r="C169">
         <v>33</v>
       </c>
       <c r="D169">
         <v>0</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="C170">
         <v>286</v>
       </c>
       <c r="D170">
         <v>0</v>
       </c>
       <c r="E170">
         <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>21</v>
       </c>
       <c r="C171">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D171">
         <v>0</v>
       </c>
       <c r="E171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>5</v>
       </c>
       <c r="C172">
         <v>16</v>
       </c>
       <c r="D172">
         <v>0</v>
       </c>
       <c r="E172">
         <v>0</v>
       </c>
     </row>
@@ -4093,51 +4093,51 @@
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
         <v>5</v>
       </c>
       <c r="D176">
         <v>0</v>
       </c>
       <c r="E176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C177">
         <v>7</v>
       </c>
       <c r="D177">
         <v>0</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>10</v>
       </c>
       <c r="C178">
         <v>22</v>
       </c>
       <c r="D178">
         <v>0</v>
       </c>
       <c r="E178">
@@ -4147,51 +4147,51 @@
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>9</v>
       </c>
       <c r="C179">
         <v>16</v>
       </c>
       <c r="D179">
         <v>0</v>
       </c>
       <c r="E179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>21</v>
       </c>
       <c r="C180">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D180">
         <v>0</v>
       </c>
       <c r="E180">
         <v>3</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
         <v>0</v>
       </c>
       <c r="D181">
         <v>0</v>
       </c>
       <c r="E181">
         <v>0</v>
       </c>
     </row>
@@ -4212,102 +4212,102 @@
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>186</v>
       </c>
       <c r="B183">
         <v>18</v>
       </c>
       <c r="C183">
         <v>72</v>
       </c>
       <c r="D183">
         <v>1</v>
       </c>
       <c r="E183">
         <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>187</v>
       </c>
       <c r="B184">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C184">
         <v>106</v>
       </c>
       <c r="D184">
         <v>0</v>
       </c>
       <c r="E184">
         <v>4</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C185">
         <v>60</v>
       </c>
       <c r="D185">
         <v>0</v>
       </c>
       <c r="E185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C186">
         <v>13</v>
       </c>
       <c r="D186">
         <v>0</v>
       </c>
       <c r="E186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C187">
         <v>31</v>
       </c>
       <c r="D187">
         <v>0</v>
       </c>
       <c r="E187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>1</v>
       </c>
       <c r="C188">
         <v>1</v>
       </c>
       <c r="D188">
         <v>0</v>
       </c>
       <c r="E188">
@@ -4331,88 +4331,88 @@
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>16</v>
       </c>
       <c r="C190">
         <v>78</v>
       </c>
       <c r="D190">
         <v>0</v>
       </c>
       <c r="E190">
         <v>3</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C191">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D191">
         <v>0</v>
       </c>
       <c r="E191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C192">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="C193">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D193">
         <v>2</v>
       </c>
       <c r="E193">
         <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>139</v>
       </c>
       <c r="C194">
         <v>204</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194">
         <v>6</v>
       </c>
     </row>
@@ -4501,51 +4501,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C201">
         <v>78</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>51</v>
       </c>
       <c r="C202">
         <v>73</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202">
@@ -4569,71 +4569,71 @@
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
         <v>0</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C205">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205">
         <v>2</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
         <v>87</v>
       </c>
       <c r="C206">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>13</v>
       </c>
       <c r="C207">
         <v>56</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
     </row>
@@ -4671,77 +4671,77 @@
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>46</v>
       </c>
       <c r="C210">
         <v>40</v>
       </c>
       <c r="D210">
         <v>0</v>
       </c>
       <c r="E210">
         <v>2</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C211">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211">
         <v>2</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C212">
         <v>126</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>1</v>
       </c>
       <c r="C213">
         <v>1</v>
       </c>
       <c r="D213">
         <v>0</v>
       </c>
       <c r="E213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>217</v>
       </c>
       <c r="B214">
         <v>6</v>
@@ -4790,88 +4790,88 @@
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>24</v>
       </c>
       <c r="C217">
         <v>46</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C218">
         <v>54</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
-        <v>642</v>
+        <v>660</v>
       </c>
       <c r="C219">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="D219">
         <v>3</v>
       </c>
       <c r="E219">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C220">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="D220">
         <v>3</v>
       </c>
       <c r="E220">
         <v>141</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>1</v>
       </c>
       <c r="C221">
         <v>1</v>
       </c>
       <c r="D221">
         <v>0</v>
       </c>
       <c r="E221">
         <v>0</v>
       </c>
     </row>
@@ -4926,88 +4926,88 @@
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>228</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
       <c r="E225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C226">
         <v>149</v>
       </c>
       <c r="D226">
         <v>0</v>
       </c>
       <c r="E226">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>64</v>
       </c>
       <c r="C227">
         <v>113</v>
       </c>
       <c r="D227">
         <v>0</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>231</v>
       </c>
       <c r="B228">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C228">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>4</v>
       </c>
       <c r="C229">
         <v>11</v>
       </c>
       <c r="D229">
         <v>0</v>
       </c>
       <c r="E229">
         <v>0</v>
       </c>
     </row>
@@ -5150,51 +5150,51 @@
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>241</v>
       </c>
       <c r="B238">
         <v>9</v>
       </c>
       <c r="C238">
         <v>24</v>
       </c>
       <c r="D238">
         <v>0</v>
       </c>
       <c r="E238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>242</v>
       </c>
       <c r="B239">
         <v>4</v>
       </c>
       <c r="C239">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>