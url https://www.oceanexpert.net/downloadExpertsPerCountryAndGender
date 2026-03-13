--- v2 (2026-02-08)
+++ v3 (2026-03-13)
@@ -1155,51 +1155,51 @@
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3">
         <v>6</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>68</v>
       </c>
       <c r="C4">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>5</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
     </row>
@@ -1271,275 +1271,275 @@
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>18</v>
       </c>
       <c r="C10">
         <v>20</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C11">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C13">
         <v>13</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="C14">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>34</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>1</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C17">
         <v>11</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>2</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C20">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="C22">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C23">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>7</v>
       </c>
       <c r="C24">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>6</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
     </row>
@@ -1611,54 +1611,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
-        <v>1502</v>
+        <v>1516</v>
       </c>
       <c r="C31">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D31">
         <v>7</v>
       </c>
       <c r="E31">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>1</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
     </row>
@@ -1733,68 +1733,68 @@
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>26</v>
       </c>
       <c r="C38">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="C39">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>74</v>
       </c>
       <c r="C40">
         <v>51</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
     </row>
@@ -1832,51 +1832,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C44">
         <v>460</v>
       </c>
       <c r="D44">
         <v>1</v>
       </c>
       <c r="E44">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>283</v>
       </c>
       <c r="C45">
         <v>393</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45">
@@ -1900,119 +1900,119 @@
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="C48">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>11</v>
       </c>
       <c r="C49">
         <v>37</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>3</v>
       </c>
       <c r="C50">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>8</v>
       </c>
       <c r="C51">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C52">
         <v>81</v>
       </c>
       <c r="D52">
         <v>1</v>
       </c>
       <c r="E52">
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>9</v>
       </c>
       <c r="C53">
         <v>50</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="E53">
@@ -2070,51 +2070,51 @@
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>3</v>
       </c>
       <c r="C57">
         <v>3</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C58">
         <v>67</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
       <c r="E58">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59">
@@ -2124,85 +2124,85 @@
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>6</v>
       </c>
       <c r="C60">
         <v>14</v>
       </c>
       <c r="D60">
         <v>0</v>
       </c>
       <c r="E60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>77</v>
       </c>
       <c r="C61">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
       <c r="E61">
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C62">
         <v>299</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C63">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>49</v>
       </c>
       <c r="C64">
         <v>53</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
     </row>
@@ -2274,88 +2274,88 @@
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
       <c r="C69">
         <v>1</v>
       </c>
       <c r="D69">
         <v>0</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C70">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D70">
         <v>0</v>
       </c>
       <c r="E70">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>38</v>
       </c>
       <c r="C71">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71">
         <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
-        <v>453</v>
+        <v>467</v>
       </c>
       <c r="C72">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D72">
         <v>2</v>
       </c>
       <c r="E72">
         <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73">
         <v>2</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73">
         <v>0</v>
       </c>
     </row>
@@ -2427,111 +2427,111 @@
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
       <c r="C78">
         <v>12</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C79">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="D79">
         <v>1</v>
       </c>
       <c r="E79">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>62</v>
       </c>
       <c r="C80">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
       <c r="C81">
         <v>2</v>
       </c>
       <c r="D81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C82">
         <v>107</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>2</v>
       </c>
       <c r="C83">
         <v>2</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
         <v>5</v>
@@ -2685,303 +2685,303 @@
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>42</v>
       </c>
       <c r="C93">
         <v>57</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
       <c r="E93">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>24</v>
       </c>
       <c r="C94">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D94">
         <v>0</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>8</v>
       </c>
       <c r="C95">
         <v>7</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>16</v>
       </c>
       <c r="C96">
         <v>20</v>
       </c>
       <c r="D96">
         <v>0</v>
       </c>
       <c r="E96">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C97">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="D97">
         <v>1</v>
       </c>
       <c r="E97">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="C98">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98">
         <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>65</v>
       </c>
       <c r="C99">
         <v>149</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>5</v>
       </c>
       <c r="C100">
         <v>15</v>
       </c>
       <c r="D100">
         <v>0</v>
       </c>
       <c r="E100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C101">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D101">
         <v>0</v>
       </c>
       <c r="E101">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C102">
         <v>50</v>
       </c>
       <c r="D102">
         <v>0</v>
       </c>
       <c r="E102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="C103">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="D103">
         <v>0</v>
       </c>
       <c r="E103">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>28</v>
       </c>
       <c r="C104">
         <v>30</v>
       </c>
       <c r="D104">
         <v>0</v>
       </c>
       <c r="E104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
         <v>50</v>
       </c>
       <c r="C105">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D105">
         <v>0</v>
       </c>
       <c r="E105">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>3</v>
       </c>
       <c r="C106">
         <v>15</v>
       </c>
       <c r="D106">
         <v>0</v>
       </c>
       <c r="E106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>15</v>
       </c>
       <c r="C107">
         <v>7</v>
       </c>
       <c r="D107">
         <v>0</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C108">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D108">
         <v>1</v>
       </c>
       <c r="E108">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C109">
         <v>11</v>
       </c>
       <c r="D109">
         <v>0</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
         <v>0</v>
       </c>
       <c r="D110">
         <v>0</v>
       </c>
       <c r="E110">
@@ -3209,241 +3209,241 @@
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>1</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
       <c r="D124">
         <v>0</v>
       </c>
       <c r="E124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C125">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D125">
         <v>0</v>
       </c>
       <c r="E125">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>1</v>
       </c>
       <c r="C126">
         <v>4</v>
       </c>
       <c r="D126">
         <v>0</v>
       </c>
       <c r="E126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C127">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D127">
         <v>0</v>
       </c>
       <c r="E127">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>13</v>
       </c>
       <c r="C128">
         <v>25</v>
       </c>
       <c r="D128">
         <v>0</v>
       </c>
       <c r="E128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
         <v>1</v>
       </c>
       <c r="D129">
         <v>0</v>
       </c>
       <c r="E129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C130">
         <v>21</v>
       </c>
       <c r="D130">
         <v>0</v>
       </c>
       <c r="E130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
         <v>1</v>
       </c>
       <c r="C131">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D131">
         <v>0</v>
       </c>
       <c r="E131">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
         <v>9</v>
       </c>
       <c r="C132">
         <v>10</v>
       </c>
       <c r="D132">
         <v>0</v>
       </c>
       <c r="E132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>6</v>
       </c>
       <c r="C133">
         <v>64</v>
       </c>
       <c r="D133">
         <v>0</v>
       </c>
       <c r="E133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
         <v>49</v>
       </c>
       <c r="C134">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D134">
         <v>0</v>
       </c>
       <c r="E134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D135">
         <v>0</v>
       </c>
       <c r="E135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C136">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D136">
         <v>0</v>
       </c>
       <c r="E136">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>1</v>
       </c>
       <c r="C137">
         <v>14</v>
       </c>
       <c r="D137">
         <v>0</v>
       </c>
       <c r="E137">
         <v>0</v>
       </c>
     </row>
@@ -3498,255 +3498,255 @@
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
         <v>1</v>
       </c>
       <c r="D141">
         <v>0</v>
       </c>
       <c r="E141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C142">
         <v>142</v>
       </c>
       <c r="D142">
         <v>0</v>
       </c>
       <c r="E142">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>106</v>
       </c>
       <c r="C143">
         <v>182</v>
       </c>
       <c r="D143">
         <v>0</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>15</v>
       </c>
       <c r="C144">
         <v>33</v>
       </c>
       <c r="D144">
         <v>0</v>
       </c>
       <c r="E144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C145">
         <v>69</v>
       </c>
       <c r="D145">
         <v>0</v>
       </c>
       <c r="E145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C146">
         <v>7</v>
       </c>
       <c r="D146">
         <v>0</v>
       </c>
       <c r="E146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>3</v>
       </c>
       <c r="C147">
         <v>11</v>
       </c>
       <c r="D147">
         <v>0</v>
       </c>
       <c r="E147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C148">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D148">
         <v>0</v>
       </c>
       <c r="E148">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>3</v>
       </c>
       <c r="C149">
         <v>7</v>
       </c>
       <c r="D149">
         <v>0</v>
       </c>
       <c r="E149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>10</v>
       </c>
       <c r="C150">
         <v>17</v>
       </c>
       <c r="D150">
         <v>0</v>
       </c>
       <c r="E150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C151">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D151">
         <v>0</v>
       </c>
       <c r="E151">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>25</v>
       </c>
       <c r="C152">
         <v>43</v>
       </c>
       <c r="D152">
         <v>0</v>
       </c>
       <c r="E152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
         <v>5</v>
       </c>
       <c r="D153">
         <v>0</v>
       </c>
       <c r="E153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C154">
         <v>307</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154">
         <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>7</v>
       </c>
       <c r="C155">
         <v>2</v>
       </c>
       <c r="D155">
         <v>0</v>
       </c>
       <c r="E155">
@@ -3770,275 +3770,275 @@
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>3</v>
       </c>
       <c r="C157">
         <v>0</v>
       </c>
       <c r="D157">
         <v>0</v>
       </c>
       <c r="E157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C158">
         <v>147</v>
       </c>
       <c r="D158">
         <v>0</v>
       </c>
       <c r="E158">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>18</v>
       </c>
       <c r="C159">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D159">
         <v>0</v>
       </c>
       <c r="E159">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C160">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D160">
         <v>0</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>5</v>
       </c>
       <c r="C161">
         <v>5</v>
       </c>
       <c r="D161">
         <v>0</v>
       </c>
       <c r="E161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
         <v>2</v>
       </c>
       <c r="D162">
         <v>0</v>
       </c>
       <c r="E162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C163">
         <v>87</v>
       </c>
       <c r="D163">
         <v>0</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>16</v>
       </c>
       <c r="C164">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D164">
         <v>0</v>
       </c>
       <c r="E164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>3</v>
       </c>
       <c r="C165">
         <v>0</v>
       </c>
       <c r="D165">
         <v>0</v>
       </c>
       <c r="E165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C166">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D166">
         <v>0</v>
       </c>
       <c r="E166">
         <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C167">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
       <c r="E167">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
         <v>0</v>
       </c>
       <c r="E168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C169">
         <v>33</v>
       </c>
       <c r="D169">
         <v>0</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="C170">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D170">
         <v>0</v>
       </c>
       <c r="E170">
         <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>21</v>
       </c>
       <c r="C171">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D171">
         <v>0</v>
       </c>
       <c r="E171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>5</v>
       </c>
       <c r="C172">
         <v>16</v>
       </c>
       <c r="D172">
         <v>0</v>
       </c>
       <c r="E172">
         <v>0</v>
       </c>
     </row>
@@ -4062,85 +4062,85 @@
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>41</v>
       </c>
       <c r="C174">
         <v>35</v>
       </c>
       <c r="D174">
         <v>0</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>73</v>
       </c>
       <c r="C175">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D175">
         <v>0</v>
       </c>
       <c r="E175">
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
         <v>5</v>
       </c>
       <c r="D176">
         <v>0</v>
       </c>
       <c r="E176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>10</v>
       </c>
       <c r="C177">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D177">
         <v>0</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>10</v>
       </c>
       <c r="C178">
         <v>22</v>
       </c>
       <c r="D178">
         <v>0</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
     </row>
@@ -4249,204 +4249,204 @@
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
         <v>47</v>
       </c>
       <c r="C185">
         <v>60</v>
       </c>
       <c r="D185">
         <v>0</v>
       </c>
       <c r="E185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D186">
         <v>0</v>
       </c>
       <c r="E186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
         <v>27</v>
       </c>
       <c r="C187">
         <v>31</v>
       </c>
       <c r="D187">
         <v>0</v>
       </c>
       <c r="E187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>1</v>
       </c>
       <c r="C188">
         <v>1</v>
       </c>
       <c r="D188">
         <v>0</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>192</v>
       </c>
       <c r="B189">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C189">
         <v>10</v>
       </c>
       <c r="D189">
         <v>0</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>16</v>
       </c>
       <c r="C190">
         <v>78</v>
       </c>
       <c r="D190">
         <v>0</v>
       </c>
       <c r="E190">
         <v>3</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>5</v>
       </c>
       <c r="C191">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D191">
         <v>0</v>
       </c>
       <c r="E191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C192">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="C193">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="D193">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E193">
         <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C194">
         <v>204</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C195">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D195">
         <v>0</v>
       </c>
       <c r="E195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
         <v>0</v>
       </c>
       <c r="D196">
         <v>0</v>
       </c>
       <c r="E196">
         <v>0</v>
       </c>
     </row>
@@ -4501,139 +4501,139 @@
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C201">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C202">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202">
         <v>4</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>206</v>
       </c>
       <c r="B203">
         <v>1</v>
       </c>
       <c r="C203">
         <v>5</v>
       </c>
       <c r="D203">
         <v>0</v>
       </c>
       <c r="E203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
         <v>0</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C205">
         <v>134</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205">
         <v>2</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C206">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>13</v>
       </c>
       <c r="C207">
         <v>56</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
     </row>
@@ -4671,71 +4671,71 @@
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>46</v>
       </c>
       <c r="C210">
         <v>40</v>
       </c>
       <c r="D210">
         <v>0</v>
       </c>
       <c r="E210">
         <v>2</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C211">
         <v>74</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211">
         <v>2</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C212">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>1</v>
       </c>
       <c r="C213">
         <v>1</v>
       </c>
       <c r="D213">
         <v>0</v>
       </c>
       <c r="E213">
         <v>0</v>
       </c>
     </row>
@@ -4790,94 +4790,94 @@
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>24</v>
       </c>
       <c r="C217">
         <v>46</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C218">
         <v>54</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="C219">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D219">
         <v>3</v>
       </c>
       <c r="E219">
         <v>46</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="C220">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="D220">
         <v>3</v>
       </c>
       <c r="E220">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>1</v>
       </c>
       <c r="C221">
         <v>1</v>
       </c>
       <c r="D221">
         <v>0</v>
       </c>
       <c r="E221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>225</v>
       </c>
       <c r="B222">
         <v>84</v>
@@ -4946,99 +4946,99 @@
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
         <v>144</v>
       </c>
       <c r="C226">
         <v>149</v>
       </c>
       <c r="D226">
         <v>0</v>
       </c>
       <c r="E226">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>64</v>
       </c>
       <c r="C227">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D227">
         <v>0</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>231</v>
       </c>
       <c r="B228">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C228">
         <v>7</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>4</v>
       </c>
       <c r="C229">
         <v>11</v>
       </c>
       <c r="D229">
         <v>0</v>
       </c>
       <c r="E229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>233</v>
       </c>
       <c r="B230">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C230">
         <v>0</v>
       </c>
       <c r="D230">
         <v>0</v>
       </c>
       <c r="E230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
         <v>0</v>
       </c>
       <c r="D231">
         <v>0</v>
       </c>
       <c r="E231">
@@ -5065,51 +5065,51 @@
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>3</v>
       </c>
       <c r="C233">
         <v>2</v>
       </c>
       <c r="D233">
         <v>0</v>
       </c>
       <c r="E233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>5</v>
       </c>
       <c r="C234">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D234">
         <v>0</v>
       </c>
       <c r="E234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
         <v>2</v>
       </c>
       <c r="C235">
         <v>2</v>
       </c>
       <c r="D235">
         <v>0</v>
       </c>
       <c r="E235">
         <v>0</v>
       </c>
     </row>